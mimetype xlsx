--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3543">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2011-10-10</t>
   </si>
   <si>
     <t>2011-10-11</t>
   </si>
   <si>
     <t>2011-10-12</t>
   </si>
   <si>
     <t>2011-10-13</t>
   </si>
   <si>
     <t>2011-10-14</t>
   </si>
   <si>
@@ -10548,50 +10548,143 @@
     <t>2025-09-19</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10895,51 +10988,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3510"/>
+  <dimension ref="A1:C3541"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>9.999</v>
       </c>
@@ -49511,50 +49604,391 @@
       </c>
       <c r="C3508">
         <v>0.44</v>
       </c>
     </row>
     <row r="3509" spans="1:3">
       <c r="A3509" t="s">
         <v>3510</v>
       </c>
       <c r="B3509">
         <v>32.6288</v>
       </c>
       <c r="C3509">
         <v>1.69</v>
       </c>
     </row>
     <row r="3510" spans="1:3">
       <c r="A3510" t="s">
         <v>3511</v>
       </c>
       <c r="B3510">
         <v>33.9738</v>
       </c>
       <c r="C3510">
         <v>4.12</v>
+      </c>
+    </row>
+    <row r="3511" spans="1:3">
+      <c r="A3511" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B3511">
+        <v>33.9652</v>
+      </c>
+      <c r="C3511">
+        <v>-0.03</v>
+      </c>
+    </row>
+    <row r="3512" spans="1:3">
+      <c r="A3512" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B3512">
+        <v>34.4381</v>
+      </c>
+      <c r="C3512">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="3513" spans="1:3">
+      <c r="A3513" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B3513">
+        <v>34.4898</v>
+      </c>
+      <c r="C3513">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="3514" spans="1:3">
+      <c r="A3514" t="s">
+        <v>3515</v>
+      </c>
+      <c r="B3514">
+        <v>34.45</v>
+      </c>
+      <c r="C3514">
+        <v>-0.12</v>
+      </c>
+    </row>
+    <row r="3515" spans="1:3">
+      <c r="A3515" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B3515">
+        <v>34.6396</v>
+      </c>
+      <c r="C3515">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="3516" spans="1:3">
+      <c r="A3516" t="s">
+        <v>3517</v>
+      </c>
+      <c r="B3516">
+        <v>34.6638</v>
+      </c>
+      <c r="C3516">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="3517" spans="1:3">
+      <c r="A3517" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B3517">
+        <v>34.1966</v>
+      </c>
+      <c r="C3517">
+        <v>-1.35</v>
+      </c>
+    </row>
+    <row r="3518" spans="1:3">
+      <c r="A3518" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B3518">
+        <v>34.2264</v>
+      </c>
+      <c r="C3518">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="3519" spans="1:3">
+      <c r="A3519" t="s">
+        <v>3520</v>
+      </c>
+      <c r="B3519">
+        <v>34.1885</v>
+      </c>
+      <c r="C3519">
+        <v>-0.11</v>
+      </c>
+    </row>
+    <row r="3520" spans="1:3">
+      <c r="A3520" t="s">
+        <v>3521</v>
+      </c>
+      <c r="B3520">
+        <v>34.1025</v>
+      </c>
+      <c r="C3520">
+        <v>-0.25</v>
+      </c>
+    </row>
+    <row r="3521" spans="1:3">
+      <c r="A3521" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B3521">
+        <v>34.1094</v>
+      </c>
+      <c r="C3521">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3522" spans="1:3">
+      <c r="A3522" t="s">
+        <v>3523</v>
+      </c>
+      <c r="B3522">
+        <v>34.1854</v>
+      </c>
+      <c r="C3522">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="3523" spans="1:3">
+      <c r="A3523" t="s">
+        <v>3524</v>
+      </c>
+      <c r="B3523">
+        <v>34.5289</v>
+      </c>
+      <c r="C3523">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="3524" spans="1:3">
+      <c r="A3524" t="s">
+        <v>3525</v>
+      </c>
+      <c r="B3524">
+        <v>34.6721</v>
+      </c>
+      <c r="C3524">
+        <v>0.41</v>
+      </c>
+    </row>
+    <row r="3525" spans="1:3">
+      <c r="A3525" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B3525">
+        <v>34.7085</v>
+      </c>
+      <c r="C3525">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="3526" spans="1:3">
+      <c r="A3526" t="s">
+        <v>3527</v>
+      </c>
+      <c r="B3526">
+        <v>34.7022</v>
+      </c>
+      <c r="C3526">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="3527" spans="1:3">
+      <c r="A3527" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B3527">
+        <v>34.6287</v>
+      </c>
+      <c r="C3527">
+        <v>-0.21</v>
+      </c>
+    </row>
+    <row r="3528" spans="1:3">
+      <c r="A3528" t="s">
+        <v>3529</v>
+      </c>
+      <c r="B3528">
+        <v>34.5775</v>
+      </c>
+      <c r="C3528">
+        <v>-0.15</v>
+      </c>
+    </row>
+    <row r="3529" spans="1:3">
+      <c r="A3529" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B3529">
+        <v>34.2489</v>
+      </c>
+      <c r="C3529">
+        <v>-0.95</v>
+      </c>
+    </row>
+    <row r="3530" spans="1:3">
+      <c r="A3530" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B3530">
+        <v>34.1397</v>
+      </c>
+      <c r="C3530">
+        <v>-0.32</v>
+      </c>
+    </row>
+    <row r="3531" spans="1:3">
+      <c r="A3531" t="s">
+        <v>3532</v>
+      </c>
+      <c r="B3531">
+        <v>34.2811</v>
+      </c>
+      <c r="C3531">
+        <v>0.41</v>
+      </c>
+    </row>
+    <row r="3532" spans="1:3">
+      <c r="A3532" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B3532">
+        <v>34.0057</v>
+      </c>
+      <c r="C3532">
+        <v>-0.8</v>
+      </c>
+    </row>
+    <row r="3533" spans="1:3">
+      <c r="A3533" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B3533">
+        <v>34.099</v>
+      </c>
+      <c r="C3533">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="3534" spans="1:3">
+      <c r="A3534" t="s">
+        <v>3535</v>
+      </c>
+      <c r="B3534">
+        <v>34.1472</v>
+      </c>
+      <c r="C3534">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="3535" spans="1:3">
+      <c r="A3535" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B3535">
+        <v>34.1833</v>
+      </c>
+      <c r="C3535">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="3536" spans="1:3">
+      <c r="A3536" t="s">
+        <v>3537</v>
+      </c>
+      <c r="B3536">
+        <v>34.1476</v>
+      </c>
+      <c r="C3536">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="3537" spans="1:3">
+      <c r="A3537" t="s">
+        <v>3538</v>
+      </c>
+      <c r="B3537">
+        <v>34.4144</v>
+      </c>
+      <c r="C3537">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="3538" spans="1:3">
+      <c r="A3538" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B3538">
+        <v>35.2385</v>
+      </c>
+      <c r="C3538">
+        <v>2.39</v>
+      </c>
+    </row>
+    <row r="3539" spans="1:3">
+      <c r="A3539" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B3539">
+        <v>35.6591</v>
+      </c>
+      <c r="C3539">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="3540" spans="1:3">
+      <c r="A3540" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B3540">
+        <v>35.5837</v>
+      </c>
+      <c r="C3540">
+        <v>-0.21</v>
+      </c>
+    </row>
+    <row r="3541" spans="1:3">
+      <c r="A3541" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B3541">
+        <v>35.3654</v>
+      </c>
+      <c r="C3541">
+        <v>-0.61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">