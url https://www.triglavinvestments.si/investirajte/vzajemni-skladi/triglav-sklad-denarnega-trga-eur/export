--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3264">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2012-11-21</t>
   </si>
   <si>
     <t>2012-11-22</t>
   </si>
   <si>
     <t>2012-11-23</t>
   </si>
   <si>
     <t>2012-11-26</t>
   </si>
   <si>
     <t>2012-11-27</t>
   </si>
   <si>
@@ -9711,50 +9711,143 @@
     <t>2025-09-19</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10058,51 +10151,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3231"/>
+  <dimension ref="A1:C3262"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>9.995</v>
       </c>
@@ -45605,50 +45698,391 @@
       </c>
       <c r="C3229">
         <v>0.0</v>
       </c>
     </row>
     <row r="3230" spans="1:3">
       <c r="A3230" t="s">
         <v>3231</v>
       </c>
       <c r="B3230">
         <v>10.8245</v>
       </c>
       <c r="C3230">
         <v>0.0</v>
       </c>
     </row>
     <row r="3231" spans="1:3">
       <c r="A3231" t="s">
         <v>3232</v>
       </c>
       <c r="B3231">
         <v>10.8252</v>
       </c>
       <c r="C3231">
         <v>0.01</v>
+      </c>
+    </row>
+    <row r="3232" spans="1:3">
+      <c r="A3232" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B3232">
+        <v>10.8268</v>
+      </c>
+      <c r="C3232">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3233" spans="1:3">
+      <c r="A3233" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B3233">
+        <v>10.8271</v>
+      </c>
+      <c r="C3233">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3234" spans="1:3">
+      <c r="A3234" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B3234">
+        <v>10.8275</v>
+      </c>
+      <c r="C3234">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3235" spans="1:3">
+      <c r="A3235" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B3235">
+        <v>10.8279</v>
+      </c>
+      <c r="C3235">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3236" spans="1:3">
+      <c r="A3236" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B3236">
+        <v>10.8285</v>
+      </c>
+      <c r="C3236">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3237" spans="1:3">
+      <c r="A3237" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B3237">
+        <v>10.8302</v>
+      </c>
+      <c r="C3237">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3238" spans="1:3">
+      <c r="A3238" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B3238">
+        <v>10.8307</v>
+      </c>
+      <c r="C3238">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3239" spans="1:3">
+      <c r="A3239" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B3239">
+        <v>10.8314</v>
+      </c>
+      <c r="C3239">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3240" spans="1:3">
+      <c r="A3240" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B3240">
+        <v>10.8319</v>
+      </c>
+      <c r="C3240">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3241" spans="1:3">
+      <c r="A3241" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B3241">
+        <v>10.8322</v>
+      </c>
+      <c r="C3241">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3242" spans="1:3">
+      <c r="A3242" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B3242">
+        <v>10.8336</v>
+      </c>
+      <c r="C3242">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3243" spans="1:3">
+      <c r="A3243" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B3243">
+        <v>10.8341</v>
+      </c>
+      <c r="C3243">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3244" spans="1:3">
+      <c r="A3244" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B3244">
+        <v>10.8344</v>
+      </c>
+      <c r="C3244">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3245" spans="1:3">
+      <c r="A3245" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B3245">
+        <v>10.835</v>
+      </c>
+      <c r="C3245">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3246" spans="1:3">
+      <c r="A3246" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B3246">
+        <v>10.8354</v>
+      </c>
+      <c r="C3246">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3247" spans="1:3">
+      <c r="A3247" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B3247">
+        <v>10.8368</v>
+      </c>
+      <c r="C3247">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3248" spans="1:3">
+      <c r="A3248" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B3248">
+        <v>10.8366</v>
+      </c>
+      <c r="C3248">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3249" spans="1:3">
+      <c r="A3249" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B3249">
+        <v>10.837</v>
+      </c>
+      <c r="C3249">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3250" spans="1:3">
+      <c r="A3250" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B3250">
+        <v>10.8374</v>
+      </c>
+      <c r="C3250">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3251" spans="1:3">
+      <c r="A3251" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B3251">
+        <v>10.8381</v>
+      </c>
+      <c r="C3251">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3252" spans="1:3">
+      <c r="A3252" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B3252">
+        <v>10.8394</v>
+      </c>
+      <c r="C3252">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3253" spans="1:3">
+      <c r="A3253" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B3253">
+        <v>10.8404</v>
+      </c>
+      <c r="C3253">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3254" spans="1:3">
+      <c r="A3254" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B3254">
+        <v>10.841</v>
+      </c>
+      <c r="C3254">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3255" spans="1:3">
+      <c r="A3255" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B3255">
+        <v>10.8415</v>
+      </c>
+      <c r="C3255">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3256" spans="1:3">
+      <c r="A3256" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B3256">
+        <v>10.8431</v>
+      </c>
+      <c r="C3256">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3257" spans="1:3">
+      <c r="A3257" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B3257">
+        <v>10.8435</v>
+      </c>
+      <c r="C3257">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3258" spans="1:3">
+      <c r="A3258" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B3258">
+        <v>10.844</v>
+      </c>
+      <c r="C3258">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3259" spans="1:3">
+      <c r="A3259" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B3259">
+        <v>10.8444</v>
+      </c>
+      <c r="C3259">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3260" spans="1:3">
+      <c r="A3260" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B3260">
+        <v>10.8448</v>
+      </c>
+      <c r="C3260">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3261" spans="1:3">
+      <c r="A3261" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B3261">
+        <v>10.8463</v>
+      </c>
+      <c r="C3261">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3262" spans="1:3">
+      <c r="A3262" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B3262">
+        <v>10.8467</v>
+      </c>
+      <c r="C3262">
+        <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">