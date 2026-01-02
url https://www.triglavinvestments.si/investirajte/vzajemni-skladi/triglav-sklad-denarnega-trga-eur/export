--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3294">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2012-11-21</t>
   </si>
   <si>
     <t>2012-11-22</t>
   </si>
   <si>
     <t>2012-11-23</t>
   </si>
   <si>
     <t>2012-11-26</t>
   </si>
   <si>
     <t>2012-11-27</t>
   </si>
   <si>
@@ -9804,50 +9804,140 @@
     <t>2025-11-04</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>2025-11-07</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>2025-11-11</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10151,51 +10241,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3262"/>
+  <dimension ref="A1:C3292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>9.995</v>
       </c>
@@ -46038,50 +46128,380 @@
         <v>10.8448</v>
       </c>
       <c r="C3260">
         <v>0.0</v>
       </c>
     </row>
     <row r="3261" spans="1:3">
       <c r="A3261" t="s">
         <v>3262</v>
       </c>
       <c r="B3261">
         <v>10.8463</v>
       </c>
       <c r="C3261">
         <v>0.01</v>
       </c>
     </row>
     <row r="3262" spans="1:3">
       <c r="A3262" t="s">
         <v>3263</v>
       </c>
       <c r="B3262">
         <v>10.8467</v>
       </c>
       <c r="C3262">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3263" spans="1:3">
+      <c r="A3263" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B3263">
+        <v>10.8472</v>
+      </c>
+      <c r="C3263">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3264" spans="1:3">
+      <c r="A3264" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B3264">
+        <v>10.8479</v>
+      </c>
+      <c r="C3264">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3265" spans="1:3">
+      <c r="A3265" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B3265">
+        <v>10.8485</v>
+      </c>
+      <c r="C3265">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3266" spans="1:3">
+      <c r="A3266" t="s">
+        <v>3267</v>
+      </c>
+      <c r="B3266">
+        <v>10.8501</v>
+      </c>
+      <c r="C3266">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3267" spans="1:3">
+      <c r="A3267" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B3267">
+        <v>10.8506</v>
+      </c>
+      <c r="C3267">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3268" spans="1:3">
+      <c r="A3268" t="s">
+        <v>3269</v>
+      </c>
+      <c r="B3268">
+        <v>10.8509</v>
+      </c>
+      <c r="C3268">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3269" spans="1:3">
+      <c r="A3269" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B3269">
+        <v>10.8512</v>
+      </c>
+      <c r="C3269">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3270" spans="1:3">
+      <c r="A3270" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B3270">
+        <v>10.8515</v>
+      </c>
+      <c r="C3270">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3271" spans="1:3">
+      <c r="A3271" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B3271">
+        <v>10.8529</v>
+      </c>
+      <c r="C3271">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3272" spans="1:3">
+      <c r="A3272" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B3272">
+        <v>10.8533</v>
+      </c>
+      <c r="C3272">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3273" spans="1:3">
+      <c r="A3273" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B3273">
+        <v>10.8534</v>
+      </c>
+      <c r="C3273">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3274" spans="1:3">
+      <c r="A3274" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B3274">
+        <v>10.8535</v>
+      </c>
+      <c r="C3274">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3275" spans="1:3">
+      <c r="A3275" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B3275">
+        <v>10.8541</v>
+      </c>
+      <c r="C3275">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3276" spans="1:3">
+      <c r="A3276" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B3276">
+        <v>10.8555</v>
+      </c>
+      <c r="C3276">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3277" spans="1:3">
+      <c r="A3277" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B3277">
+        <v>10.8557</v>
+      </c>
+      <c r="C3277">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3278" spans="1:3">
+      <c r="A3278" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B3278">
+        <v>10.8555</v>
+      </c>
+      <c r="C3278">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3279" spans="1:3">
+      <c r="A3279" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B3279">
+        <v>10.8559</v>
+      </c>
+      <c r="C3279">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3280" spans="1:3">
+      <c r="A3280" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B3280">
+        <v>10.8562</v>
+      </c>
+      <c r="C3280">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3281" spans="1:3">
+      <c r="A3281" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B3281">
+        <v>10.8579</v>
+      </c>
+      <c r="C3281">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3282" spans="1:3">
+      <c r="A3282" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B3282">
+        <v>10.8583</v>
+      </c>
+      <c r="C3282">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3283" spans="1:3">
+      <c r="A3283" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B3283">
+        <v>10.859</v>
+      </c>
+      <c r="C3283">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3284" spans="1:3">
+      <c r="A3284" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B3284">
+        <v>10.8599</v>
+      </c>
+      <c r="C3284">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3285" spans="1:3">
+      <c r="A3285" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B3285">
+        <v>10.8604</v>
+      </c>
+      <c r="C3285">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3286" spans="1:3">
+      <c r="A3286" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B3286">
+        <v>10.8619</v>
+      </c>
+      <c r="C3286">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3287" spans="1:3">
+      <c r="A3287" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B3287">
+        <v>10.8623</v>
+      </c>
+      <c r="C3287">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3288" spans="1:3">
+      <c r="A3288" t="s">
+        <v>3289</v>
+      </c>
+      <c r="B3288">
+        <v>10.8635</v>
+      </c>
+      <c r="C3288">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3289" spans="1:3">
+      <c r="A3289" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B3289">
+        <v>10.8658</v>
+      </c>
+      <c r="C3289">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3290" spans="1:3">
+      <c r="A3290" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B3290">
+        <v>10.8659</v>
+      </c>
+      <c r="C3290">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3291" spans="1:3">
+      <c r="A3291" t="s">
+        <v>3292</v>
+      </c>
+      <c r="B3291">
+        <v>10.8677</v>
+      </c>
+      <c r="C3291">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3292" spans="1:3">
+      <c r="A3292" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B3292">
+        <v>10.8679</v>
+      </c>
+      <c r="C3292">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>