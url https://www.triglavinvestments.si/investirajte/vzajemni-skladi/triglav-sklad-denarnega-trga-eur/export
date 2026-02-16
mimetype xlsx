--- v2 (2026-01-02)
+++ v3 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3325">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2012-11-21</t>
   </si>
   <si>
     <t>2012-11-22</t>
   </si>
   <si>
     <t>2012-11-23</t>
   </si>
   <si>
     <t>2012-11-26</t>
   </si>
   <si>
     <t>2012-11-27</t>
   </si>
   <si>
@@ -9894,50 +9894,143 @@
     <t>2025-12-16</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10241,51 +10334,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3292"/>
+  <dimension ref="A1:C3323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>9.995</v>
       </c>
@@ -46459,50 +46552,391 @@
       </c>
       <c r="C3290">
         <v>0.0</v>
       </c>
     </row>
     <row r="3291" spans="1:3">
       <c r="A3291" t="s">
         <v>3292</v>
       </c>
       <c r="B3291">
         <v>10.8677</v>
       </c>
       <c r="C3291">
         <v>0.02</v>
       </c>
     </row>
     <row r="3292" spans="1:3">
       <c r="A3292" t="s">
         <v>3293</v>
       </c>
       <c r="B3292">
         <v>10.8679</v>
       </c>
       <c r="C3292">
         <v>0.0</v>
+      </c>
+    </row>
+    <row r="3293" spans="1:3">
+      <c r="A3293" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B3293">
+        <v>10.8682</v>
+      </c>
+      <c r="C3293">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3294" spans="1:3">
+      <c r="A3294" t="s">
+        <v>3295</v>
+      </c>
+      <c r="B3294">
+        <v>10.8705</v>
+      </c>
+      <c r="C3294">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="3295" spans="1:3">
+      <c r="A3295" t="s">
+        <v>3296</v>
+      </c>
+      <c r="B3295">
+        <v>10.8712</v>
+      </c>
+      <c r="C3295">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3296" spans="1:3">
+      <c r="A3296" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B3296">
+        <v>10.8718</v>
+      </c>
+      <c r="C3296">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3297" spans="1:3">
+      <c r="A3297" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B3297">
+        <v>10.8731</v>
+      </c>
+      <c r="C3297">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3298" spans="1:3">
+      <c r="A3298" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B3298">
+        <v>10.8735</v>
+      </c>
+      <c r="C3298">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3299" spans="1:3">
+      <c r="A3299" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B3299">
+        <v>10.8742</v>
+      </c>
+      <c r="C3299">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3300" spans="1:3">
+      <c r="A3300" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B3300">
+        <v>10.8748</v>
+      </c>
+      <c r="C3300">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3301" spans="1:3">
+      <c r="A3301" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B3301">
+        <v>10.8755</v>
+      </c>
+      <c r="C3301">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3302" spans="1:3">
+      <c r="A3302" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B3302">
+        <v>10.8769</v>
+      </c>
+      <c r="C3302">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3303" spans="1:3">
+      <c r="A3303" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B3303">
+        <v>10.8775</v>
+      </c>
+      <c r="C3303">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3304" spans="1:3">
+      <c r="A3304" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B3304">
+        <v>10.8781</v>
+      </c>
+      <c r="C3304">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3305" spans="1:3">
+      <c r="A3305" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B3305">
+        <v>10.8787</v>
+      </c>
+      <c r="C3305">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3306" spans="1:3">
+      <c r="A3306" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B3306">
+        <v>10.879</v>
+      </c>
+      <c r="C3306">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3307" spans="1:3">
+      <c r="A3307" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B3307">
+        <v>10.8805</v>
+      </c>
+      <c r="C3307">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3308" spans="1:3">
+      <c r="A3308" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B3308">
+        <v>10.8808</v>
+      </c>
+      <c r="C3308">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3309" spans="1:3">
+      <c r="A3309" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B3309">
+        <v>10.8815</v>
+      </c>
+      <c r="C3309">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3310" spans="1:3">
+      <c r="A3310" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B3310">
+        <v>10.882</v>
+      </c>
+      <c r="C3310">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3311" spans="1:3">
+      <c r="A3311" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B3311">
+        <v>10.8826</v>
+      </c>
+      <c r="C3311">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3312" spans="1:3">
+      <c r="A3312" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B3312">
+        <v>10.8842</v>
+      </c>
+      <c r="C3312">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3313" spans="1:3">
+      <c r="A3313" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B3313">
+        <v>10.8846</v>
+      </c>
+      <c r="C3313">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3314" spans="1:3">
+      <c r="A3314" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B3314">
+        <v>10.885</v>
+      </c>
+      <c r="C3314">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3315" spans="1:3">
+      <c r="A3315" t="s">
+        <v>3316</v>
+      </c>
+      <c r="B3315">
+        <v>10.8854</v>
+      </c>
+      <c r="C3315">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3316" spans="1:3">
+      <c r="A3316" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B3316">
+        <v>10.8859</v>
+      </c>
+      <c r="C3316">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3317" spans="1:3">
+      <c r="A3317" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B3317">
+        <v>10.8874</v>
+      </c>
+      <c r="C3317">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3318" spans="1:3">
+      <c r="A3318" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B3318">
+        <v>10.8878</v>
+      </c>
+      <c r="C3318">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3319" spans="1:3">
+      <c r="A3319" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B3319">
+        <v>10.8885</v>
+      </c>
+      <c r="C3319">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3320" spans="1:3">
+      <c r="A3320" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B3320">
+        <v>10.889</v>
+      </c>
+      <c r="C3320">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3321" spans="1:3">
+      <c r="A3321" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B3321">
+        <v>10.8895</v>
+      </c>
+      <c r="C3321">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="3322" spans="1:3">
+      <c r="A3322" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B3322">
+        <v>10.8911</v>
+      </c>
+      <c r="C3322">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="3323" spans="1:3">
+      <c r="A3323" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B3323">
+        <v>10.8918</v>
+      </c>
+      <c r="C3323">
+        <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">