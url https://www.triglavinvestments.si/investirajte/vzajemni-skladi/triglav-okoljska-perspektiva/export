--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2262">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2016-11-14</t>
   </si>
   <si>
     <t>2016-11-15</t>
   </si>
   <si>
     <t>2016-11-16</t>
   </si>
   <si>
     <t>2016-11-17</t>
   </si>
   <si>
     <t>2016-11-18</t>
   </si>
   <si>
@@ -6705,50 +6705,143 @@
     <t>2025-09-19</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7052,51 +7145,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2229"/>
+  <dimension ref="A1:C2260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -31577,50 +31670,391 @@
       </c>
       <c r="C2227">
         <v>0.11</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" t="s">
         <v>2229</v>
       </c>
       <c r="B2228">
         <v>14.4719</v>
       </c>
       <c r="C2228">
         <v>0.34</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" t="s">
         <v>2230</v>
       </c>
       <c r="B2229">
         <v>14.6225</v>
       </c>
       <c r="C2229">
         <v>1.04</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:3">
+      <c r="A2230" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B2230">
+        <v>14.6681</v>
+      </c>
+      <c r="C2230">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:3">
+      <c r="A2231" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B2231">
+        <v>14.6903</v>
+      </c>
+      <c r="C2231">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:3">
+      <c r="A2232" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B2232">
+        <v>14.9246</v>
+      </c>
+      <c r="C2232">
+        <v>1.59</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B2233">
+        <v>14.8111</v>
+      </c>
+      <c r="C2233">
+        <v>-0.76</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B2234">
+        <v>15.0404</v>
+      </c>
+      <c r="C2234">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B2235">
+        <v>15.0143</v>
+      </c>
+      <c r="C2235">
+        <v>-0.17</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B2236">
+        <v>14.6937</v>
+      </c>
+      <c r="C2236">
+        <v>-2.14</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B2237">
+        <v>14.9303</v>
+      </c>
+      <c r="C2237">
+        <v>1.61</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B2238">
+        <v>14.8644</v>
+      </c>
+      <c r="C2238">
+        <v>-0.44</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B2239">
+        <v>14.9969</v>
+      </c>
+      <c r="C2239">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B2240">
+        <v>14.8934</v>
+      </c>
+      <c r="C2240">
+        <v>-0.69</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B2241">
+        <v>14.8184</v>
+      </c>
+      <c r="C2241">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B2242">
+        <v>14.9943</v>
+      </c>
+      <c r="C2242">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B2243">
+        <v>15.0637</v>
+      </c>
+      <c r="C2243">
+        <v>0.46</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B2244">
+        <v>14.9197</v>
+      </c>
+      <c r="C2244">
+        <v>-0.96</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B2245">
+        <v>15.0721</v>
+      </c>
+      <c r="C2245">
+        <v>1.02</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B2246">
+        <v>15.223</v>
+      </c>
+      <c r="C2246">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B2247">
+        <v>15.3611</v>
+      </c>
+      <c r="C2247">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B2248">
+        <v>15.3577</v>
+      </c>
+      <c r="C2248">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B2249">
+        <v>15.2939</v>
+      </c>
+      <c r="C2249">
+        <v>-0.42</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B2250">
+        <v>15.1854</v>
+      </c>
+      <c r="C2250">
+        <v>-0.71</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B2251">
+        <v>15.5292</v>
+      </c>
+      <c r="C2251">
+        <v>2.26</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:3">
+      <c r="A2252" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B2252">
+        <v>15.2758</v>
+      </c>
+      <c r="C2252">
+        <v>-1.63</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B2253">
+        <v>15.3966</v>
+      </c>
+      <c r="C2253">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B2254">
+        <v>15.0256</v>
+      </c>
+      <c r="C2254">
+        <v>-2.41</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B2255">
+        <v>14.9291</v>
+      </c>
+      <c r="C2255">
+        <v>-0.64</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B2256">
+        <v>15.1573</v>
+      </c>
+      <c r="C2256">
+        <v>1.53</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B2257">
+        <v>15.0962</v>
+      </c>
+      <c r="C2257">
+        <v>-0.4</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B2258">
+        <v>15.1862</v>
+      </c>
+      <c r="C2258">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B2259">
+        <v>14.8744</v>
+      </c>
+      <c r="C2259">
+        <v>-2.05</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B2260">
+        <v>14.7446</v>
+      </c>
+      <c r="C2260">
+        <v>-0.87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">