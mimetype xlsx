--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2292">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2016-11-14</t>
   </si>
   <si>
     <t>2016-11-15</t>
   </si>
   <si>
     <t>2016-11-16</t>
   </si>
   <si>
     <t>2016-11-17</t>
   </si>
   <si>
     <t>2016-11-18</t>
   </si>
   <si>
@@ -6798,50 +6798,140 @@
     <t>2025-11-04</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>2025-11-07</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>2025-11-11</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7145,51 +7235,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2260"/>
+  <dimension ref="A1:C2290"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -32011,50 +32101,380 @@
       </c>
       <c r="C2258">
         <v>0.6</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" t="s">
         <v>2260</v>
       </c>
       <c r="B2259">
         <v>14.8744</v>
       </c>
       <c r="C2259">
         <v>-2.05</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" t="s">
         <v>2261</v>
       </c>
       <c r="B2260">
         <v>14.7446</v>
       </c>
       <c r="C2260">
         <v>-0.87</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B2261">
+        <v>14.6708</v>
+      </c>
+      <c r="C2261">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B2262">
+        <v>14.5009</v>
+      </c>
+      <c r="C2262">
+        <v>-1.16</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B2263">
+        <v>14.5788</v>
+      </c>
+      <c r="C2263">
+        <v>0.54</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:3">
+      <c r="A2264" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B2264">
+        <v>14.4041</v>
+      </c>
+      <c r="C2264">
+        <v>-1.2</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:3">
+      <c r="A2265" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B2265">
+        <v>14.438</v>
+      </c>
+      <c r="C2265">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:3">
+      <c r="A2266" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B2266">
+        <v>14.6281</v>
+      </c>
+      <c r="C2266">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:3">
+      <c r="A2267" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B2267">
+        <v>14.7453</v>
+      </c>
+      <c r="C2267">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:3">
+      <c r="A2268" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B2268">
+        <v>14.8799</v>
+      </c>
+      <c r="C2268">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:3">
+      <c r="A2269" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B2269">
+        <v>14.877</v>
+      </c>
+      <c r="C2269">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:3">
+      <c r="A2270" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B2270">
+        <v>14.9664</v>
+      </c>
+      <c r="C2270">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:3">
+      <c r="A2271" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B2271">
+        <v>14.7921</v>
+      </c>
+      <c r="C2271">
+        <v>-1.16</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:3">
+      <c r="A2272" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B2272">
+        <v>14.8603</v>
+      </c>
+      <c r="C2272">
+        <v>0.46</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:3">
+      <c r="A2273" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B2273">
+        <v>14.8708</v>
+      </c>
+      <c r="C2273">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:3">
+      <c r="A2274" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B2274">
+        <v>14.9409</v>
+      </c>
+      <c r="C2274">
+        <v>0.47</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:3">
+      <c r="A2275" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B2275">
+        <v>14.9748</v>
+      </c>
+      <c r="C2275">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:3">
+      <c r="A2276" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B2276">
+        <v>14.9451</v>
+      </c>
+      <c r="C2276">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:3">
+      <c r="A2277" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B2277">
+        <v>14.9</v>
+      </c>
+      <c r="C2277">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:3">
+      <c r="A2278" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B2278">
+        <v>14.9755</v>
+      </c>
+      <c r="C2278">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:3">
+      <c r="A2279" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B2279">
+        <v>14.9462</v>
+      </c>
+      <c r="C2279">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:3">
+      <c r="A2280" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B2280">
+        <v>14.6788</v>
+      </c>
+      <c r="C2280">
+        <v>-1.79</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:3">
+      <c r="A2281" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B2281">
+        <v>14.6724</v>
+      </c>
+      <c r="C2281">
+        <v>-0.04</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:3">
+      <c r="A2282" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B2282">
+        <v>14.6417</v>
+      </c>
+      <c r="C2282">
+        <v>-0.21</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:3">
+      <c r="A2283" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B2283">
+        <v>14.4627</v>
+      </c>
+      <c r="C2283">
+        <v>-1.22</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:3">
+      <c r="A2284" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B2284">
+        <v>14.6358</v>
+      </c>
+      <c r="C2284">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:3">
+      <c r="A2285" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B2285">
+        <v>14.7974</v>
+      </c>
+      <c r="C2285">
+        <v>1.1</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:3">
+      <c r="A2286" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B2286">
+        <v>14.9266</v>
+      </c>
+      <c r="C2286">
+        <v>0.87</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:3">
+      <c r="A2287" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B2287">
+        <v>14.8579</v>
+      </c>
+      <c r="C2287">
+        <v>-0.46</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B2288">
+        <v>14.8837</v>
+      </c>
+      <c r="C2288">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B2289">
+        <v>14.8615</v>
+      </c>
+      <c r="C2289">
+        <v>-0.15</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B2290">
+        <v>14.821</v>
+      </c>
+      <c r="C2290">
+        <v>-0.27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">