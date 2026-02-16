--- v2 (2026-01-02)
+++ v3 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2323">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2016-11-14</t>
   </si>
   <si>
     <t>2016-11-15</t>
   </si>
   <si>
     <t>2016-11-16</t>
   </si>
   <si>
     <t>2016-11-17</t>
   </si>
   <si>
     <t>2016-11-18</t>
   </si>
   <si>
@@ -6888,50 +6888,143 @@
     <t>2025-12-16</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7235,51 +7328,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2290"/>
+  <dimension ref="A1:C2321"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -32431,50 +32524,391 @@
       </c>
       <c r="C2288">
         <v>0.17</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" t="s">
         <v>2290</v>
       </c>
       <c r="B2289">
         <v>14.8615</v>
       </c>
       <c r="C2289">
         <v>-0.15</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" t="s">
         <v>2291</v>
       </c>
       <c r="B2290">
         <v>14.821</v>
       </c>
       <c r="C2290">
         <v>-0.27</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B2291">
+        <v>14.7356</v>
+      </c>
+      <c r="C2291">
+        <v>-0.58</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B2292">
+        <v>15.2374</v>
+      </c>
+      <c r="C2292">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B2293">
+        <v>15.3608</v>
+      </c>
+      <c r="C2293">
+        <v>0.81</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B2294">
+        <v>15.266</v>
+      </c>
+      <c r="C2294">
+        <v>-0.62</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B2295">
+        <v>15.125</v>
+      </c>
+      <c r="C2295">
+        <v>-0.92</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B2296">
+        <v>15.3766</v>
+      </c>
+      <c r="C2296">
+        <v>1.66</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B2297">
+        <v>15.4205</v>
+      </c>
+      <c r="C2297">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B2298">
+        <v>15.4684</v>
+      </c>
+      <c r="C2298">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B2299">
+        <v>15.3399</v>
+      </c>
+      <c r="C2299">
+        <v>-0.83</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B2300">
+        <v>15.5646</v>
+      </c>
+      <c r="C2300">
+        <v>1.46</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B2301">
+        <v>15.693</v>
+      </c>
+      <c r="C2301">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B2302">
+        <v>15.6383</v>
+      </c>
+      <c r="C2302">
+        <v>-0.35</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B2303">
+        <v>15.2542</v>
+      </c>
+      <c r="C2303">
+        <v>-2.46</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B2304">
+        <v>15.4588</v>
+      </c>
+      <c r="C2304">
+        <v>1.34</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B2305">
+        <v>15.5846</v>
+      </c>
+      <c r="C2305">
+        <v>0.81</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B2306">
+        <v>15.5578</v>
+      </c>
+      <c r="C2306">
+        <v>-0.17</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B2307">
+        <v>15.4093</v>
+      </c>
+      <c r="C2307">
+        <v>-0.95</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B2308">
+        <v>15.525</v>
+      </c>
+      <c r="C2308">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B2309">
+        <v>15.6424</v>
+      </c>
+      <c r="C2309">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B2310">
+        <v>15.5025</v>
+      </c>
+      <c r="C2310">
+        <v>-0.89</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B2311">
+        <v>15.3107</v>
+      </c>
+      <c r="C2311">
+        <v>-1.24</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B2312">
+        <v>15.4657</v>
+      </c>
+      <c r="C2312">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B2313">
+        <v>15.4199</v>
+      </c>
+      <c r="C2313">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B2314">
+        <v>14.7878</v>
+      </c>
+      <c r="C2314">
+        <v>-4.1</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B2315">
+        <v>14.6383</v>
+      </c>
+      <c r="C2315">
+        <v>-1.01</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B2316">
+        <v>15.1216</v>
+      </c>
+      <c r="C2316">
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B2317">
+        <v>15.2424</v>
+      </c>
+      <c r="C2317">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B2318">
+        <v>15.0613</v>
+      </c>
+      <c r="C2318">
+        <v>-1.19</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B2319">
+        <v>15.1973</v>
+      </c>
+      <c r="C2319">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B2320">
+        <v>15.0365</v>
+      </c>
+      <c r="C2320">
+        <v>-1.06</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B2321">
+        <v>15.0669</v>
+      </c>
+      <c r="C2321">
+        <v>0.2</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">