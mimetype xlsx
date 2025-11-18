--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1364">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2020-06-22</t>
   </si>
   <si>
     <t>2020-06-23</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>2020-06-26</t>
   </si>
   <si>
     <t>2020-06-29</t>
   </si>
   <si>
@@ -4011,50 +4011,143 @@
     <t>2025-09-19</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4358,51 +4451,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1331"/>
+  <dimension ref="A1:C1362"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -19005,50 +19098,391 @@
       </c>
       <c r="C1329">
         <v>0.08</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
         <v>1331</v>
       </c>
       <c r="B1330">
         <v>12.9458</v>
       </c>
       <c r="C1330">
         <v>-0.04</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
         <v>1332</v>
       </c>
       <c r="B1331">
         <v>12.9955</v>
       </c>
       <c r="C1331">
         <v>0.38</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1332">
+        <v>13.0131</v>
+      </c>
+      <c r="C1332">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B1333">
+        <v>13.0199</v>
+      </c>
+      <c r="C1333">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B1334">
+        <v>13.0539</v>
+      </c>
+      <c r="C1334">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B1335">
+        <v>13.0395</v>
+      </c>
+      <c r="C1335">
+        <v>-0.11</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B1336">
+        <v>13.0918</v>
+      </c>
+      <c r="C1336">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B1337">
+        <v>13.0916</v>
+      </c>
+      <c r="C1337">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B1338">
+        <v>13.0192</v>
+      </c>
+      <c r="C1338">
+        <v>-0.55</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B1339">
+        <v>13.0571</v>
+      </c>
+      <c r="C1339">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B1340">
+        <v>13.0578</v>
+      </c>
+      <c r="C1340">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1341">
+        <v>13.116</v>
+      </c>
+      <c r="C1341">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B1342">
+        <v>13.0964</v>
+      </c>
+      <c r="C1342">
+        <v>-0.15</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B1343">
+        <v>13.0627</v>
+      </c>
+      <c r="C1343">
+        <v>-0.26</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B1344">
+        <v>13.1169</v>
+      </c>
+      <c r="C1344">
+        <v>0.41</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B1345">
+        <v>13.1213</v>
+      </c>
+      <c r="C1345">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1346">
+        <v>13.0696</v>
+      </c>
+      <c r="C1346">
+        <v>-0.39</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B1347">
+        <v>13.1097</v>
+      </c>
+      <c r="C1347">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B1348">
+        <v>13.1372</v>
+      </c>
+      <c r="C1348">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B1349">
+        <v>13.2214</v>
+      </c>
+      <c r="C1349">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B1350">
+        <v>13.253</v>
+      </c>
+      <c r="C1350">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B1351">
+        <v>13.2412</v>
+      </c>
+      <c r="C1351">
+        <v>-0.09</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B1352">
+        <v>13.1907</v>
+      </c>
+      <c r="C1352">
+        <v>-0.38</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B1353">
+        <v>13.276</v>
+      </c>
+      <c r="C1353">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B1354">
+        <v>13.179</v>
+      </c>
+      <c r="C1354">
+        <v>-0.73</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B1355">
+        <v>13.2297</v>
+      </c>
+      <c r="C1355">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B1356">
+        <v>13.1023</v>
+      </c>
+      <c r="C1356">
+        <v>-0.96</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B1357">
+        <v>13.0589</v>
+      </c>
+      <c r="C1357">
+        <v>-0.33</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B1358">
+        <v>13.1792</v>
+      </c>
+      <c r="C1358">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B1359">
+        <v>13.229</v>
+      </c>
+      <c r="C1359">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1360">
+        <v>13.2907</v>
+      </c>
+      <c r="C1360">
+        <v>0.47</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B1361">
+        <v>13.119</v>
+      </c>
+      <c r="C1361">
+        <v>-1.29</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B1362">
+        <v>13.0617</v>
+      </c>
+      <c r="C1362">
+        <v>-0.44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">