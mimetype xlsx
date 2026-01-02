--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1394">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2020-06-22</t>
   </si>
   <si>
     <t>2020-06-23</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>2020-06-26</t>
   </si>
   <si>
     <t>2020-06-29</t>
   </si>
   <si>
@@ -4104,50 +4104,140 @@
     <t>2025-11-04</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>2025-11-07</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>2025-11-11</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4451,51 +4541,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1362"/>
+  <dimension ref="A1:C1392"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -19439,50 +19529,380 @@
       </c>
       <c r="C1360">
         <v>0.47</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
         <v>1362</v>
       </c>
       <c r="B1361">
         <v>13.119</v>
       </c>
       <c r="C1361">
         <v>-1.29</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
         <v>1363</v>
       </c>
       <c r="B1362">
         <v>13.0617</v>
       </c>
       <c r="C1362">
         <v>-0.44</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B1363">
+        <v>13.0248</v>
+      </c>
+      <c r="C1363">
+        <v>-0.28</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B1364">
+        <v>12.9223</v>
+      </c>
+      <c r="C1364">
+        <v>-0.79</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B1365">
+        <v>12.9589</v>
+      </c>
+      <c r="C1365">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B1366">
+        <v>12.9088</v>
+      </c>
+      <c r="C1366">
+        <v>-0.39</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B1367">
+        <v>12.9194</v>
+      </c>
+      <c r="C1367">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B1368">
+        <v>13.0127</v>
+      </c>
+      <c r="C1368">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B1369">
+        <v>13.0905</v>
+      </c>
+      <c r="C1369">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B1370">
+        <v>13.1778</v>
+      </c>
+      <c r="C1370">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1371">
+        <v>13.1725</v>
+      </c>
+      <c r="C1371">
+        <v>-0.04</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B1372">
+        <v>13.2224</v>
+      </c>
+      <c r="C1372">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B1373">
+        <v>13.1239</v>
+      </c>
+      <c r="C1373">
+        <v>-0.74</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B1374">
+        <v>13.1609</v>
+      </c>
+      <c r="C1374">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B1375">
+        <v>13.1325</v>
+      </c>
+      <c r="C1375">
+        <v>-0.22</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B1376">
+        <v>13.1724</v>
+      </c>
+      <c r="C1376">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B1377">
+        <v>13.2089</v>
+      </c>
+      <c r="C1377">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B1378">
+        <v>13.1649</v>
+      </c>
+      <c r="C1378">
+        <v>-0.33</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B1379">
+        <v>13.1491</v>
+      </c>
+      <c r="C1379">
+        <v>-0.12</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B1380">
+        <v>13.1749</v>
+      </c>
+      <c r="C1380">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B1381">
+        <v>13.1663</v>
+      </c>
+      <c r="C1381">
+        <v>-0.07</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B1382">
+        <v>13.0507</v>
+      </c>
+      <c r="C1382">
+        <v>-0.88</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B1383">
+        <v>13.0249</v>
+      </c>
+      <c r="C1383">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B1384">
+        <v>12.9923</v>
+      </c>
+      <c r="C1384">
+        <v>-0.25</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B1385">
+        <v>12.9318</v>
+      </c>
+      <c r="C1385">
+        <v>-0.47</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B1386">
+        <v>13.0289</v>
+      </c>
+      <c r="C1386">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B1387">
+        <v>13.087</v>
+      </c>
+      <c r="C1387">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B1388">
+        <v>13.1181</v>
+      </c>
+      <c r="C1388">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B1389">
+        <v>13.1645</v>
+      </c>
+      <c r="C1389">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B1390">
+        <v>13.1911</v>
+      </c>
+      <c r="C1390">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B1391">
+        <v>13.2202</v>
+      </c>
+      <c r="C1391">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B1392">
+        <v>13.2234</v>
+      </c>
+      <c r="C1392">
+        <v>0.02</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">