--- v2 (2026-01-02)
+++ v3 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1425">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Val</t>
   </si>
   <si>
     <t>PercChange</t>
   </si>
   <si>
     <t>2020-06-22</t>
   </si>
   <si>
     <t>2020-06-23</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>2020-06-26</t>
   </si>
   <si>
     <t>2020-06-29</t>
   </si>
   <si>
@@ -4194,50 +4194,143 @@
     <t>2025-12-16</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4541,51 +4634,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1392"/>
+  <dimension ref="A1:C1423"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>10.0</v>
       </c>
@@ -19859,50 +19952,391 @@
       </c>
       <c r="C1390">
         <v>0.2</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" t="s">
         <v>1392</v>
       </c>
       <c r="B1391">
         <v>13.2202</v>
       </c>
       <c r="C1391">
         <v>0.22</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" t="s">
         <v>1393</v>
       </c>
       <c r="B1392">
         <v>13.2234</v>
       </c>
       <c r="C1392">
         <v>0.02</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B1393">
+        <v>13.1739</v>
+      </c>
+      <c r="C1393">
+        <v>-0.37</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B1394">
+        <v>13.3596</v>
+      </c>
+      <c r="C1394">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B1395">
+        <v>13.454</v>
+      </c>
+      <c r="C1395">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B1396">
+        <v>13.4782</v>
+      </c>
+      <c r="C1396">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B1397">
+        <v>13.4204</v>
+      </c>
+      <c r="C1397">
+        <v>-0.43</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B1398">
+        <v>13.4999</v>
+      </c>
+      <c r="C1398">
+        <v>0.59</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B1399">
+        <v>13.4685</v>
+      </c>
+      <c r="C1399">
+        <v>-0.23</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B1400">
+        <v>13.4722</v>
+      </c>
+      <c r="C1400">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B1401">
+        <v>13.3912</v>
+      </c>
+      <c r="C1401">
+        <v>-0.6</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B1402">
+        <v>13.4417</v>
+      </c>
+      <c r="C1402">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B1403">
+        <v>13.4576</v>
+      </c>
+      <c r="C1403">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B1404">
+        <v>13.4204</v>
+      </c>
+      <c r="C1404">
+        <v>-0.28</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B1405">
+        <v>13.2175</v>
+      </c>
+      <c r="C1405">
+        <v>-1.51</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B1406">
+        <v>13.2687</v>
+      </c>
+      <c r="C1406">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B1407">
+        <v>13.3762</v>
+      </c>
+      <c r="C1407">
+        <v>0.81</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B1408">
+        <v>13.3756</v>
+      </c>
+      <c r="C1408">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B1409">
+        <v>13.3598</v>
+      </c>
+      <c r="C1409">
+        <v>-0.12</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B1410">
+        <v>13.3636</v>
+      </c>
+      <c r="C1410">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B1411">
+        <v>13.3602</v>
+      </c>
+      <c r="C1411">
+        <v>-0.03</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B1412">
+        <v>13.3433</v>
+      </c>
+      <c r="C1412">
+        <v>-0.13</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B1413">
+        <v>13.3301</v>
+      </c>
+      <c r="C1413">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1414">
+        <v>13.3865</v>
+      </c>
+      <c r="C1414">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B1415">
+        <v>13.4151</v>
+      </c>
+      <c r="C1415">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B1416">
+        <v>13.2242</v>
+      </c>
+      <c r="C1416">
+        <v>-1.42</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B1417">
+        <v>13.1128</v>
+      </c>
+      <c r="C1417">
+        <v>-0.84</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B1418">
+        <v>13.2167</v>
+      </c>
+      <c r="C1418">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B1419">
+        <v>13.2292</v>
+      </c>
+      <c r="C1419">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1420">
+        <v>13.195</v>
+      </c>
+      <c r="C1420">
+        <v>-0.26</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1421">
+        <v>13.2065</v>
+      </c>
+      <c r="C1421">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B1422">
+        <v>13.2282</v>
+      </c>
+      <c r="C1422">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B1423">
+        <v>13.2165</v>
+      </c>
+      <c r="C1423">
+        <v>-0.09</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">